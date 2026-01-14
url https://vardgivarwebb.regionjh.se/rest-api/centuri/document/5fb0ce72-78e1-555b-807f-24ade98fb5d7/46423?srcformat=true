--- v0 (2025-10-03)
+++ v1 (2026-01-14)
@@ -787,87 +787,99 @@
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>123825</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>2409825</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>2418868</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Bildobjekt 1"/>
+        <xdr:cNvPr id="2" name="Bildobjekt 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{d597215d-4f4a-4d88-b715-cc7f3e29313a}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="95250" y="3105150"/>
           <a:ext cx="2314575" cy="2295525"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>447675</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>29242</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>742950</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>670312</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Bildobjekt 2"/>
+        <xdr:cNvPr id="3" name="Bildobjekt 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{bc8bad25-7997-42b3-afb9-91b2adfd4a80}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="2924175" y="2619375"/>
           <a:ext cx="4867275" cy="3562350"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">