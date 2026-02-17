--- v0 (2025-10-22)
+++ v1 (2026-02-17)
@@ -1,149 +1,209 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28623"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\CenturiWorkArea\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="-105" yWindow="0" windowWidth="26010" windowHeight="20985" activeTab="0"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="17520" activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Mall gruppmedverkan" sheetId="1" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Mall gruppmedverkan'!$A$1:$F$35</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="13" uniqueCount="13">
   <si>
     <t>Plats</t>
   </si>
   <si>
     <t>Namn</t>
   </si>
   <si>
     <t xml:space="preserve">Tim </t>
   </si>
   <si>
     <t>Datum / Period</t>
   </si>
   <si>
     <t>Ange vad deltagandet avser</t>
   </si>
   <si>
     <t>Vårdenhet:</t>
   </si>
   <si>
     <t>Titel</t>
   </si>
   <si>
-    <t>Obs alla uppgifter skall vara ifyllda</t>
-[...1 lines deleted...]
-  <si>
     <t>1 500 kr/timme för läkare och 1 000 kr/tim för övrig personal.</t>
   </si>
   <si>
-    <t>BLANKETT AVSEENDE UTVECKLINGSARBETE PRIMÄRVÅRD 2025</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Ersättning för uppdrag: </t>
+  </si>
+  <si>
+    <t>BLANKETT AVSEENDE UTVECKLINGSARBETE PRIMÄRVÅRD 2026</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Exempelvis uppdrag inom lokalt arbete med kunskapsstyrning (LPO, LSG, LAG) eller utvecklingsarbete lokalt, regionalt eller nationellt där man representerar </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u val="single"/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>hela</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> primärvården. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Mailas som en samlingsblankett för hela vårdenheten till halsoval@regionjh.se</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u val="single"/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>senast den 10:e varje månad</t>
+    </r>
+  </si>
+  <si>
+    <t>Obs! Alla uppgifter skall vara ifyllda</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="5">
+  <fonts count="6">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u val="single"/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u val="single"/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <b/>
+      <u val="single"/>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="12">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
@@ -293,70 +353,70 @@
       <alignment/>
       <protection/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="42" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="41" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="20">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="15" builtinId="5"/>
     <cellStyle name="Currency" xfId="16" builtinId="4"/>
     <cellStyle name="Currency [0]" xfId="17" builtinId="7"/>
     <cellStyle name="Comma" xfId="18" builtinId="3"/>
     <cellStyle name="Comma [0]" xfId="19" builtinId="6"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
@@ -426,51 +486,57 @@
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>770659</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>3463</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>156969</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="1025" name="Picture 1"/>
+        <xdr:cNvPr id="1025" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98be19fe-3bed-4d52-a582-69ef088f7d90}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeArrowheads="1" noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="7258050" y="28575"/>
           <a:ext cx="1409700" cy="1390650"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
         <a:noFill/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -744,324 +810,326 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:F35"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="110" zoomScaleNormal="100" zoomScaleSheetLayoutView="110" workbookViewId="0" topLeftCell="A1">
-      <selection pane="topLeft" activeCell="A11" sqref="A11:XFD29"/>
+      <selection pane="topLeft" activeCell="H16" sqref="H16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="34.1428571428571" customWidth="1"/>
     <col min="2" max="2" width="26.1428571428571" customWidth="1"/>
     <col min="3" max="3" width="18.8571428571429" customWidth="1"/>
     <col min="4" max="4" width="18.1428571428571" customWidth="1"/>
     <col min="5" max="5" width="18.2857142857143" customWidth="1"/>
     <col min="6" max="6" width="14.4285714285714" customWidth="1"/>
     <col min="7" max="7" width="15.4285714285714" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1" ht="18">
-      <c r="A1" s="5" t="s">
+      <c r="A1" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="1:4" ht="15.75" customHeight="1">
-      <c r="A2" s="18" t="s">
-[...4 lines deleted...]
-      <c r="D2" s="18"/>
+      <c r="A2" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="B2" s="1"/>
+      <c r="C2" s="1"/>
+      <c r="D2" s="1"/>
     </row>
     <row r="3" spans="1:4" ht="12.75">
-      <c r="A3" s="18"/>
-[...2 lines deleted...]
-      <c r="D3" s="18"/>
+      <c r="A3" s="1"/>
+      <c r="B3" s="1"/>
+      <c r="C3" s="1"/>
+      <c r="D3" s="1"/>
     </row>
     <row r="7" spans="1:2" ht="15">
-      <c r="A7" s="6" t="s">
+      <c r="A7" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="B7" s="4"/>
+      <c r="B7" s="5"/>
     </row>
     <row r="8" spans="1:1" ht="13.5" thickBot="1">
-      <c r="A8" s="1"/>
-[...2 lines deleted...]
-      <c r="A9" s="17" t="s">
+      <c r="A8" s="2"/>
+    </row>
+    <row r="9" spans="1:6" s="2" customFormat="1" ht="13.5" thickBot="1">
+      <c r="A9" s="18" t="s">
         <v>4</v>
       </c>
-      <c r="B9" s="17" t="s">
+      <c r="B9" s="18" t="s">
         <v>1</v>
       </c>
-      <c r="C9" s="17" t="s">
+      <c r="C9" s="18" t="s">
         <v>6</v>
       </c>
-      <c r="D9" s="17" t="s">
+      <c r="D9" s="18" t="s">
         <v>0</v>
       </c>
-      <c r="E9" s="17" t="s">
+      <c r="E9" s="18" t="s">
         <v>3</v>
       </c>
-      <c r="F9" s="17" t="s">
+      <c r="F9" s="18" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="10" ht="13.5" thickBot="1"/>
     <row r="11" spans="1:6" ht="16.5" customHeight="1">
-      <c r="A11" s="8"/>
-[...4 lines deleted...]
-      <c r="F11" s="11"/>
+      <c r="A11" s="9"/>
+      <c r="B11" s="10"/>
+      <c r="C11" s="10"/>
+      <c r="D11" s="10"/>
+      <c r="E11" s="11"/>
+      <c r="F11" s="12"/>
     </row>
     <row r="12" spans="1:6" ht="16.5" customHeight="1">
-      <c r="A12" s="12"/>
-[...4 lines deleted...]
-      <c r="F12" s="13"/>
+      <c r="A12" s="13"/>
+      <c r="B12" s="3"/>
+      <c r="C12" s="3"/>
+      <c r="D12" s="3"/>
+      <c r="E12" s="4"/>
+      <c r="F12" s="14"/>
     </row>
     <row r="13" spans="1:6" ht="16.5" customHeight="1">
-      <c r="A13" s="12"/>
-[...4 lines deleted...]
-      <c r="F13" s="13"/>
+      <c r="A13" s="13"/>
+      <c r="B13" s="3"/>
+      <c r="C13" s="3"/>
+      <c r="D13" s="3"/>
+      <c r="E13" s="4"/>
+      <c r="F13" s="14"/>
     </row>
     <row r="14" spans="1:6" ht="16.5" customHeight="1">
-      <c r="A14" s="12"/>
-[...4 lines deleted...]
-      <c r="F14" s="13"/>
+      <c r="A14" s="13"/>
+      <c r="B14" s="3"/>
+      <c r="C14" s="3"/>
+      <c r="D14" s="3"/>
+      <c r="E14" s="4"/>
+      <c r="F14" s="14"/>
     </row>
     <row r="15" spans="1:6" ht="16.5" customHeight="1">
-      <c r="A15" s="12"/>
-[...4 lines deleted...]
-      <c r="F15" s="13"/>
+      <c r="A15" s="13"/>
+      <c r="B15" s="3"/>
+      <c r="C15" s="3"/>
+      <c r="D15" s="3"/>
+      <c r="E15" s="4"/>
+      <c r="F15" s="14"/>
     </row>
     <row r="16" spans="1:6" ht="16.5" customHeight="1">
-      <c r="A16" s="12"/>
-[...4 lines deleted...]
-      <c r="F16" s="13"/>
+      <c r="A16" s="13"/>
+      <c r="B16" s="3"/>
+      <c r="C16" s="3"/>
+      <c r="D16" s="3"/>
+      <c r="E16" s="4"/>
+      <c r="F16" s="14"/>
     </row>
     <row r="17" spans="1:6" ht="16.5" customHeight="1">
-      <c r="A17" s="12"/>
-[...4 lines deleted...]
-      <c r="F17" s="13"/>
+      <c r="A17" s="13"/>
+      <c r="B17" s="3"/>
+      <c r="C17" s="3"/>
+      <c r="D17" s="3"/>
+      <c r="E17" s="4"/>
+      <c r="F17" s="14"/>
     </row>
     <row r="18" spans="1:6" ht="16.5" customHeight="1">
-      <c r="A18" s="12"/>
-[...4 lines deleted...]
-      <c r="F18" s="13"/>
+      <c r="A18" s="13"/>
+      <c r="B18" s="3"/>
+      <c r="C18" s="3"/>
+      <c r="D18" s="3"/>
+      <c r="E18" s="4"/>
+      <c r="F18" s="14"/>
     </row>
     <row r="19" spans="1:6" ht="16.5" customHeight="1">
-      <c r="A19" s="12"/>
-[...4 lines deleted...]
-      <c r="F19" s="13"/>
+      <c r="A19" s="13"/>
+      <c r="B19" s="3"/>
+      <c r="C19" s="3"/>
+      <c r="D19" s="3"/>
+      <c r="E19" s="4"/>
+      <c r="F19" s="14"/>
     </row>
     <row r="20" spans="1:6" ht="16.5" customHeight="1">
-      <c r="A20" s="12"/>
-[...4 lines deleted...]
-      <c r="F20" s="13"/>
+      <c r="A20" s="13"/>
+      <c r="B20" s="3"/>
+      <c r="C20" s="3"/>
+      <c r="D20" s="3"/>
+      <c r="E20" s="4"/>
+      <c r="F20" s="14"/>
     </row>
     <row r="21" spans="1:6" ht="16.5" customHeight="1">
-      <c r="A21" s="12"/>
-[...4 lines deleted...]
-      <c r="F21" s="13"/>
+      <c r="A21" s="13"/>
+      <c r="B21" s="3"/>
+      <c r="C21" s="3"/>
+      <c r="D21" s="3"/>
+      <c r="E21" s="4"/>
+      <c r="F21" s="14"/>
     </row>
     <row r="22" spans="1:6" ht="16.5" customHeight="1">
-      <c r="A22" s="12"/>
-[...4 lines deleted...]
-      <c r="F22" s="13"/>
+      <c r="A22" s="13"/>
+      <c r="B22" s="3"/>
+      <c r="C22" s="3"/>
+      <c r="D22" s="3"/>
+      <c r="E22" s="4"/>
+      <c r="F22" s="14"/>
     </row>
     <row r="23" spans="1:6" ht="16.5" customHeight="1">
-      <c r="A23" s="12"/>
-[...4 lines deleted...]
-      <c r="F23" s="13"/>
+      <c r="A23" s="13"/>
+      <c r="B23" s="3"/>
+      <c r="C23" s="3"/>
+      <c r="D23" s="3"/>
+      <c r="E23" s="4"/>
+      <c r="F23" s="14"/>
     </row>
     <row r="24" spans="1:6" ht="16.5" customHeight="1">
-      <c r="A24" s="12"/>
-[...4 lines deleted...]
-      <c r="F24" s="13"/>
+      <c r="A24" s="13"/>
+      <c r="B24" s="3"/>
+      <c r="C24" s="3"/>
+      <c r="D24" s="3"/>
+      <c r="E24" s="4"/>
+      <c r="F24" s="14"/>
     </row>
     <row r="25" spans="1:6" ht="16.5" customHeight="1">
-      <c r="A25" s="12"/>
-[...4 lines deleted...]
-      <c r="F25" s="13"/>
+      <c r="A25" s="13"/>
+      <c r="B25" s="3"/>
+      <c r="C25" s="3"/>
+      <c r="D25" s="3"/>
+      <c r="E25" s="4"/>
+      <c r="F25" s="14"/>
     </row>
     <row r="26" spans="1:6" ht="16.5" customHeight="1">
-      <c r="A26" s="12"/>
-[...4 lines deleted...]
-      <c r="F26" s="13"/>
+      <c r="A26" s="13"/>
+      <c r="B26" s="3"/>
+      <c r="C26" s="3"/>
+      <c r="D26" s="3"/>
+      <c r="E26" s="4"/>
+      <c r="F26" s="14"/>
     </row>
     <row r="27" spans="1:6" ht="16.5" customHeight="1">
-      <c r="A27" s="12"/>
-[...4 lines deleted...]
-      <c r="F27" s="13"/>
+      <c r="A27" s="13"/>
+      <c r="B27" s="3"/>
+      <c r="C27" s="3"/>
+      <c r="D27" s="3"/>
+      <c r="E27" s="4"/>
+      <c r="F27" s="14"/>
     </row>
     <row r="28" spans="1:6" ht="16.5" customHeight="1">
-      <c r="A28" s="12"/>
-[...4 lines deleted...]
-      <c r="F28" s="13"/>
+      <c r="A28" s="13"/>
+      <c r="B28" s="3"/>
+      <c r="C28" s="3"/>
+      <c r="D28" s="3"/>
+      <c r="E28" s="4"/>
+      <c r="F28" s="14"/>
     </row>
     <row r="29" spans="1:6" ht="16.5" customHeight="1" thickBot="1">
-      <c r="A29" s="14"/>
-[...2 lines deleted...]
-      <c r="D29" s="15"/>
+      <c r="A29" s="15"/>
+      <c r="B29" s="16"/>
+      <c r="C29" s="16"/>
+      <c r="D29" s="16"/>
       <c r="E29" s="19"/>
-      <c r="F29" s="16"/>
+      <c r="F29" s="17"/>
     </row>
     <row r="30" spans="1:1" ht="12.75">
       <c r="A30" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="31" spans="1:1" ht="12.75">
       <c r="A31" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="33" spans="1:1" ht="12.75">
-      <c r="A33" s="1"/>
+      <c r="A33" s="2"/>
     </row>
     <row r="34" spans="1:3" ht="12.75">
-      <c r="A34" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C34" s="7"/>
+      <c r="A34" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C34" s="8"/>
     </row>
     <row r="35" spans="1:1" ht="12.75">
-      <c r="A35" s="1" t="s">
-        <v>7</v>
+      <c r="A35" s="2" t="s">
+        <v>12</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:D3"/>
   </mergeCells>
   <pageMargins left="0.708661417322835" right="0.511811023622047" top="0.354330708661417" bottom="0.748031496062992" header="0.31496062992126" footer="0.31496062992126"/>
   <pageSetup orientation="landscape" paperSize="9" r:id="rId2"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Mall gruppmedverkan</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Template/>
   <Manager/>
   <Company>Region Jämtland Härjedalen</Company>
   <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Blankett för ersättning huvudhandledarskap/utveckling m m</dc:title>
   <dc:subject/>
   <dc:creator>Charlotte Hagberg</dc:creator>
   <cp:keywords/>
   <dc:description>Utvecklingsarbete Huvudhandledare Fakturaunderlag</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>Blankett</cp:category>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="CTitle">
     <vt:lpwstr>Blankett för ersättning huvudhandledarskap/utveckling m m</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="CCategory">
     <vt:lpwstr>Blankett</vt:lpwstr>